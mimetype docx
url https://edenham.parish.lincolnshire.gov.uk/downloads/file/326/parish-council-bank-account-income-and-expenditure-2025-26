--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -1,5094 +1,1148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="682C1E08" w14:textId="60CC43D2" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Edenham Parish Council - Community Bank Account </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474FDD17" w14:textId="7BFC4790" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F424F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Income and expenditure from April 2025 to </w:t>
       </w:r>
-      <w:r w:rsidR="00336985">
+      <w:r w:rsidR="0068378E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">August </w:t>
+        <w:t>October 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F424F">
-[...7 lines deleted...]
-    <w:p w14:paraId="3189B65D" w14:textId="77777777" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796A10">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47B4DCC4" wp14:editId="0086189C">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8648700" cy="2085975"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="641073873" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6234340" cy="1563522"/>
+                      <a:ext cx="8674211" cy="2092128"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479B5DA7" w14:textId="77777777" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
-[...7 lines deleted...]
-    <w:p w14:paraId="2E649D4C" w14:textId="77777777" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD6B7E">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="336ABE23" wp14:editId="210D17AA">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8639175" cy="2047875"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="34915960" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6307212" cy="1463196"/>
+                      <a:ext cx="8662662" cy="2053442"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F326FA" w14:textId="77777777" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
-[...7 lines deleted...]
-    <w:p w14:paraId="5F2B31C4" w14:textId="77777777" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D3210">
         <w:rPr>
           <w:noProof/>
-        </w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E5196A9" wp14:editId="5D34A8CD">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8724900" cy="1914525"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1017481078" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6387080" cy="1734770"/>
+                      <a:ext cx="8811735" cy="1933579"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17210A17" w14:textId="77777777" w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00BF0A34">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="00FC2FB5" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2FB5">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DB3EB8B" wp14:editId="0AC92D8F">
-[...2 lines deleted...]
-            <wp:docPr id="2143078639" name="Picture 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8782050" cy="2085975"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="773182449" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="773182449" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8866134" cy="2105947"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="004659B8" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004659B8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8759104" cy="1914278"/>
+            <wp:effectExtent l="19050" t="0" r="3896" b="0"/>
+            <wp:docPr id="669506023" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="669506023" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8821418" cy="1927897"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="002B53A8" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8863693" cy="2386940"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8863693" cy="2386940"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="005925BE" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005925BE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8886825" cy="1600200"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="1883937283" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6243500" cy="1602117"/>
+                      <a:ext cx="9062973" cy="1631918"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A79CA4" w14:textId="7D0D8CB0" w:rsidR="00BF0A34" w:rsidRDefault="00BF0A34" w:rsidP="003F424F">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00BF0A34">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0068378E" w:rsidRDefault="0068378E" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0068378E" w:rsidSect="0068378E">
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Edenham Parish Council - Interest for Business Bank Account</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="0068378E" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068378E">
         <w:rPr>
           <w:noProof/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6595805B" wp14:editId="78C79D01">
-[...2 lines deleted...]
-            <wp:docPr id="23767585" name="Picture 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5105400" cy="4876800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1339512772" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1339512772" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId14" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6166388" cy="1201813"/>
+                      <a:ext cx="5105843" cy="4877223"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF8CEBA" w14:textId="77777777" w:rsidR="00BF0A34" w:rsidRDefault="00BF0A34" w:rsidP="003F424F">
-[...223 lines deleted...]
-    <w:p w14:paraId="62471BAC" w14:textId="77777777" w:rsidR="00BF0A34" w:rsidRDefault="00BF0A34" w:rsidP="00BF0A34">
+    <w:p w:rsidR="003F424F" w:rsidRPr="007D0E2B" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRPr="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3897 lines deleted...]
-    <w:sectPr w:rsidR="003F424F" w:rsidRPr="003F424F">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003F424F" w:rsidRPr="003F424F" w:rsidSect="0068378E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0068378E" w:rsidRDefault="0068378E" w:rsidP="0068378E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0068378E" w:rsidRDefault="0068378E" w:rsidP="0068378E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1185710212"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
+        <w:spacing w:val="60"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="0068378E" w:rsidRDefault="000531BA">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:pBdr>
+            <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          </w:pBdr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="000531BA">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0068378E">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="000531BA">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="002B53A8" w:rsidRPr="002B53A8">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidR="0068378E">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> | </w:t>
+        </w:r>
+        <w:r w:rsidR="0068378E">
+          <w:rPr>
+            <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
+            <w:spacing w:val="60"/>
+          </w:rPr>
+          <w:t>Page</w:t>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="0068378E" w:rsidRDefault="0068378E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0068378E" w:rsidRDefault="0068378E" w:rsidP="0068378E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0068378E" w:rsidRDefault="0068378E" w:rsidP="0068378E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003F424F"/>
     <w:rsid w:val="00002343"/>
+    <w:rsid w:val="000531BA"/>
     <w:rsid w:val="001157C4"/>
     <w:rsid w:val="00162193"/>
-    <w:rsid w:val="001F25BE"/>
     <w:rsid w:val="00227F98"/>
-    <w:rsid w:val="00336985"/>
+    <w:rsid w:val="002B53A8"/>
     <w:rsid w:val="003F424F"/>
     <w:rsid w:val="004659B8"/>
-    <w:rsid w:val="004F11FD"/>
     <w:rsid w:val="0054662A"/>
-    <w:rsid w:val="006C513C"/>
+    <w:rsid w:val="005925BE"/>
+    <w:rsid w:val="006708A1"/>
+    <w:rsid w:val="0068378E"/>
     <w:rsid w:val="007A4E1D"/>
     <w:rsid w:val="00834859"/>
     <w:rsid w:val="00921856"/>
     <w:rsid w:val="00A13669"/>
     <w:rsid w:val="00B47F1D"/>
     <w:rsid w:val="00B53421"/>
-    <w:rsid w:val="00BF0A34"/>
     <w:rsid w:val="00DE6FAF"/>
     <w:rsid w:val="00E2657E"/>
     <w:rsid w:val="00E94A09"/>
     <w:rsid w:val="00EA7AAF"/>
     <w:rsid w:val="00EF6DA9"/>
     <w:rsid w:val="00FC2FB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3355FDFD"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{9EC7D19A-124C-400D-8E03-A12AB3D0760F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="000531BA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003F424F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -5256,50 +1310,51 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003F424F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003F424F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
@@ -5562,108 +1617,208 @@
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="003F424F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="003F424F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005925BE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0068378E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0068378E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0068378E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0068378E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B53A8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B53A8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5671,51 +1826,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5865,80 +2020,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>656</Characters>
+  <Pages>5</Pages>
+  <Words>30</Words>
+  <Characters>171</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>770</CharactersWithSpaces>
+  <CharactersWithSpaces>200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edenham Parish</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>