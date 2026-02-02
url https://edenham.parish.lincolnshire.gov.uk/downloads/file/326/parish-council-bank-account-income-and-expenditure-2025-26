--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -1,952 +1,799 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Edenham Parish Council - Community Bank Account </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F424F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Income and expenditure from April 2025 to </w:t>
       </w:r>
-      <w:r w:rsidR="0068378E">
+      <w:r w:rsidR="0037562F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>October 2025</w:t>
+        <w:t>January 2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796A10">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8648700" cy="2085975"/>
-            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:extent cx="6215380" cy="1841500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="641073873" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6236873" cy="1847868"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6B7E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6290116" cy="1593850"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="34915960" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6309422" cy="1598742"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3210">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6324140" cy="1809750"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="1017481078" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8674211" cy="2092128"/>
+                      <a:ext cx="6388496" cy="1828166"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD6B7E">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="00FC2FB5" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2FB5">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8639175" cy="2047875"/>
-[...143 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:extent cx="6298306" cy="1801091"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="8890"/>
             <wp:docPr id="773182449" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="773182449" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8866134" cy="2105947"/>
+                      <a:ext cx="6357793" cy="1818102"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
-[...6 lines deleted...]
-    </w:p>
     <w:p w:rsidR="003F424F" w:rsidRDefault="004659B8" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004659B8">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8759104" cy="1914278"/>
-            <wp:effectExtent l="19050" t="0" r="3896" b="0"/>
+            <wp:extent cx="6178550" cy="1191491"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="669506023" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="669506023" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8821418" cy="1927897"/>
+                      <a:ext cx="6205043" cy="1196600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F424F" w:rsidRDefault="002B53A8" w:rsidP="003F424F">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="0054662A" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002343">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8863693" cy="2386940"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:extent cx="6220460" cy="1510145"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="646796951" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...258 lines deleted...]
-                    <pic:cNvPr id="1339512772" name=""/>
+                    <pic:cNvPr id="646796951" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5105843" cy="4877223"/>
+                      <a:ext cx="6232583" cy="1513088"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F424F" w:rsidRPr="007D0E2B" w:rsidRDefault="003F424F" w:rsidP="003F424F">
-[...7 lines deleted...]
-    <w:p w:rsidR="003F424F" w:rsidRPr="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+    <w:p w:rsidR="003F424F" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F128B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6254750" cy="1289050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="1363667368" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1363667368" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6254750" cy="1289050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F128B" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F128B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6153150" cy="1371600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="73926776" name="Picture 1" descr="A close-up of a list&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="73926776" name="Picture 1" descr="A close-up of a list&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6153150" cy="1371600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F128B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6121400" cy="1428750"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="63623309" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="63623309" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6121400" cy="1428750"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00002343" w:rsidRDefault="00002343" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F128B" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F128B" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F128B" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="003F424F" w:rsidRPr="003F424F" w:rsidSect="0068378E">
+        <w:t>Edenham Parish Council - Interest for Business Bank Account</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRPr="007D0E2B" w:rsidRDefault="003F424F" w:rsidP="003F424F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F424F" w:rsidRPr="003F424F" w:rsidRDefault="000F128B" w:rsidP="003F424F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F128B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4618120" cy="4625741"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:docPr id="1761363618" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1761363618" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4618120" cy="4625741"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003F424F" w:rsidRPr="003F424F" w:rsidSect="001B47FA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...100 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003F424F"/>
     <w:rsid w:val="00002343"/>
-    <w:rsid w:val="000531BA"/>
+    <w:rsid w:val="000F128B"/>
     <w:rsid w:val="001157C4"/>
     <w:rsid w:val="00162193"/>
+    <w:rsid w:val="001B47FA"/>
     <w:rsid w:val="00227F98"/>
-    <w:rsid w:val="002B53A8"/>
-    <w:rsid w:val="003F424F"/>
+    <w:rsid w:val="0037562F"/>
+    <w:rsid w:val="003F424F"/>
+    <w:rsid w:val="0045507D"/>
     <w:rsid w:val="004659B8"/>
     <w:rsid w:val="0054662A"/>
-    <w:rsid w:val="005925BE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0068378E"/>
     <w:rsid w:val="007A4E1D"/>
     <w:rsid w:val="00834859"/>
     <w:rsid w:val="00921856"/>
+    <w:rsid w:val="00A02BC2"/>
     <w:rsid w:val="00A13669"/>
+    <w:rsid w:val="00B307EE"/>
     <w:rsid w:val="00B47F1D"/>
     <w:rsid w:val="00B53421"/>
     <w:rsid w:val="00DE6FAF"/>
     <w:rsid w:val="00E2657E"/>
     <w:rsid w:val="00E94A09"/>
     <w:rsid w:val="00EA7AAF"/>
     <w:rsid w:val="00EF6DA9"/>
     <w:rsid w:val="00FC2FB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -1098,51 +945,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000531BA"/>
+    <w:rsid w:val="001B47FA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003F424F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -1617,162 +1464,93 @@
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="003F424F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="003F424F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...68 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002B53A8"/>
+    <w:rsid w:val="0037562F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002B53A8"/>
+    <w:rsid w:val="0037562F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2030,71 +1808,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>171</Characters>
+  <Pages>3</Pages>
+  <Words>28</Words>
+  <Characters>166</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>200</CharactersWithSpaces>
+  <CharactersWithSpaces>193</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edenham Parish</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>